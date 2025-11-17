--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -5,94 +5,84 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="14" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
-    <t>0250502107180000</t>
-[...2 lines deleted...]
-    <t>BALLAS JOHN P &amp; ELLEN B S&amp;T ETAL</t>
+    <t>0250568204852000</t>
+  </si>
+  <si>
+    <t>GLAUSER ROBERT</t>
   </si>
   <si>
     <t>PUT IN BAY LSD</t>
-  </si>
-[...11 lines deleted...]
-    <t>GLAUSER ROBERT</t>
   </si>
   <si>
     <t xml:space="preserve">LAKEVIEW  
 PUT IN BAY OH 43456</t>
+  </si>
+  <si>
+    <t>View</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -105,129 +95,108 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F3" headerRowCount="1">
-  <autoFilter ref="A1:F3"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F2" headerRowCount="1">
+  <autoFilter ref="A1:F2"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=38876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=39065&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=39065&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F3"/>
+  <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
-    <col min="2" max="2" width="33.01620864868164" customWidth="1"/>
+    <col min="2" max="2" width="17.07071304321289" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>5980.49</v>
+        <v>46009.37</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>10</v>
-[...18 lines deleted...]
-      <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
-    <hyperlink ref="F3" r:id="rId3"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>