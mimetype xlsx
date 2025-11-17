--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="80">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>0120000100002000</t>
   </si>
   <si>
     <t>OREGON INVESTMENT COMPANY</t>
   </si>
   <si>
@@ -137,91 +137,72 @@
   <si>
     <t>ETTS RANDY J</t>
   </si>
   <si>
     <t xml:space="preserve">21220 W SR 51  LOT 75</t>
   </si>
   <si>
     <t>01200099</t>
   </si>
   <si>
     <t>THERRIEN RAYMOND</t>
   </si>
   <si>
     <t xml:space="preserve">21220 W SR 51  LOT 26</t>
   </si>
   <si>
     <t>01200111</t>
   </si>
   <si>
     <t>HARDER TAMARA J</t>
   </si>
   <si>
     <t xml:space="preserve">21220 W SR 51  LOT 14</t>
   </si>
   <si>
-    <t>01200112</t>
-[...7 lines deleted...]
-  <si>
     <t>01200113</t>
   </si>
   <si>
     <t>KECKLER JENNY L</t>
   </si>
   <si>
     <t xml:space="preserve">21220 W SR 51  LOT 15</t>
   </si>
   <si>
     <t>01200114</t>
   </si>
   <si>
     <t>PERKINS LEXUS &amp; WEDDLE CHRISTINA WROS</t>
   </si>
   <si>
     <t xml:space="preserve">21220 W SR 51  LOT 25</t>
   </si>
   <si>
     <t>01200119</t>
   </si>
   <si>
     <t>21220 STATE ROUTE 51 W LOT 49</t>
-  </si>
-[...8 lines deleted...]
-GENOA OH 43430</t>
   </si>
   <si>
     <t>0120854911464000</t>
   </si>
   <si>
     <t>LERMA MANUEL</t>
   </si>
   <si>
     <t xml:space="preserve">216 SUPERIOR  
 </t>
   </si>
   <si>
     <t>0120861026026000</t>
   </si>
   <si>
     <t>DRUMMOND ALEX</t>
   </si>
   <si>
     <t xml:space="preserve">SUPERIOR  
 GENOA OH 43430</t>
   </si>
   <si>
     <t>0120895212190001</t>
   </si>
   <si>
@@ -236,115 +217,88 @@
   </si>
   <si>
     <t>WOODIRON LLC</t>
   </si>
   <si>
     <t xml:space="preserve">101 MAIN ST  
 GENOA OH 43430</t>
   </si>
   <si>
     <t>0120902712062000</t>
   </si>
   <si>
     <t>BICKFORD SHERMAN M &amp; GERTRUDE</t>
   </si>
   <si>
     <t>0120905512091000</t>
   </si>
   <si>
     <t>MC FARLAND MARY</t>
   </si>
   <si>
     <t xml:space="preserve">RAILROAD  
 </t>
   </si>
   <si>
-    <t>0120907612116000</t>
-[...8 lines deleted...]
-  <si>
     <t>0120960712833000</t>
   </si>
   <si>
     <t>BRYSTON MICHAEL J JR &amp; KRISTEN S S&amp;T</t>
   </si>
   <si>
     <t xml:space="preserve">916 WASHINGTON ST  
 GENOA OH 43430</t>
   </si>
   <si>
-    <t>0121360818323013</t>
-[...8 lines deleted...]
-  <si>
     <t>0121360818323045</t>
   </si>
   <si>
     <t>CASTLE PROPERTIES OF OHIO INC</t>
   </si>
   <si>
     <t xml:space="preserve">CASTLE COVE  
 </t>
   </si>
   <si>
     <t>0121922011516000</t>
   </si>
   <si>
     <t>WEIDNER SADIE</t>
   </si>
   <si>
     <t xml:space="preserve">BUCKEYE  
 </t>
   </si>
   <si>
     <t>0122123735017000</t>
   </si>
   <si>
     <t>SMITH TIFFANY</t>
   </si>
   <si>
     <t xml:space="preserve">902 WILSON ST  
 GENOA OH 43430</t>
-  </si>
-[...5 lines deleted...]
-</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -357,70 +311,70 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F31" headerRowCount="1">
-  <autoFilter ref="A1:F31"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F26" headerRowCount="1">
+  <autoFilter ref="A1:F26"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=42784&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47831&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48538&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48263&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49310&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49378&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49827&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10952&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11239&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11318&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11415&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11513&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=42784&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47831&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48538&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48263&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49378&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49827&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10952&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11239&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11318&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11415&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11512&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F31"/>
+  <dimension ref="A1:F26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="40.713748931884766" customWidth="1"/>
     <col min="3" max="3" width="16.826200485229492" customWidth="1"/>
     <col min="4" max="4" width="30.980310440063477" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -664,410 +618,305 @@
       </c>
       <c r="D13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="3">
         <v>813.21</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="3">
-        <v>608.87</v>
+        <v>1784.92</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="3">
-        <v>1784.92</v>
+        <v>386.52</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B16" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="3">
-        <v>386.52</v>
+        <v>187.33</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="D17" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E17" s="3">
-        <v>187.33</v>
+        <v>53217.1</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="3">
-        <v>272.66</v>
+        <v>34.19</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="3">
-        <v>53217.1</v>
+        <v>14182.11</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="3">
-        <v>34.19</v>
+        <v>1580.76</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E21" s="3">
-        <v>14182.11</v>
+        <v>13670.04</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" s="3">
-        <v>1580.76</v>
+        <v>2145.71</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="B23" s="0" t="s">
+      <c r="C23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="3">
-        <v>13670.04</v>
+        <v>22834.64</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E24" s="3">
-        <v>2145.71</v>
+        <v>64.44</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E25" s="3">
-        <v>1302.45</v>
+        <v>12842.52</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>79</v>
       </c>
       <c r="E26" s="3">
-        <v>22834.64</v>
+        <v>908.44</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>10</v>
-[...98 lines deleted...]
-      <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
-    <hyperlink ref="F27" r:id="rId27"/>
-[...3 lines deleted...]
-    <hyperlink ref="F31" r:id="rId31"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>