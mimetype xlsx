--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>01600075</t>
   </si>
   <si>
     <t>FLETCHER, HAROLD &amp; LOUISE</t>
   </si>
   <si>
@@ -199,146 +199,114 @@
   <si>
     <t>CORNELL DUSTIN</t>
   </si>
   <si>
     <t>265 S MEACHEM RD LOT 31</t>
   </si>
   <si>
     <t>01600667</t>
   </si>
   <si>
     <t>VALKENHAUS NICHOLAS</t>
   </si>
   <si>
     <t>295 S MEACHEM RD</t>
   </si>
   <si>
     <t>01600673</t>
   </si>
   <si>
     <t>SHUKEAT NICOLE C</t>
   </si>
   <si>
     <t>3921 HARBOR</t>
   </si>
   <si>
-    <t>01600676</t>
-[...7 lines deleted...]
-  <si>
     <t>01600707</t>
   </si>
   <si>
     <t>SNYDER BRIAN</t>
   </si>
   <si>
     <t>3800 WILLOW BEACH</t>
   </si>
   <si>
     <t>01600730</t>
   </si>
   <si>
     <t>CHAFFIN DONNA KAY</t>
   </si>
   <si>
     <t>265 S MEACHEM RD LOT 72</t>
   </si>
   <si>
     <t>01600735</t>
   </si>
   <si>
     <t>SHIPP LESTER W</t>
   </si>
   <si>
     <t>6722 W LAKESHORE</t>
   </si>
   <si>
     <t>01600756</t>
   </si>
   <si>
     <t>CONRAD SHAWN</t>
   </si>
   <si>
     <t>1204 N RYMERS RD</t>
-  </si>
-[...8 lines deleted...]
-</t>
   </si>
   <si>
     <t>0160672108768000</t>
   </si>
   <si>
     <t>WAUGH JOHN &amp; ZACHARIAS KATHY</t>
   </si>
   <si>
     <t xml:space="preserve">6223 W HARBOR RD  
 PORT CLINTON OH 43452</t>
   </si>
   <si>
     <t>0160674408794000</t>
   </si>
   <si>
     <t>KELLY DONALD</t>
   </si>
   <si>
     <t xml:space="preserve">3256 W LAKESHORE  
 PORT CLINTON OH 43452</t>
   </si>
   <si>
-    <t>0160677908842007</t>
-[...2 lines deleted...]
-    <t>MC CANN PATRICK</t>
+    <t>0160677908842008</t>
+  </si>
+  <si>
+    <t>ARNOLD DOUGLAS B</t>
   </si>
   <si>
     <t xml:space="preserve">3930 W SR 2  
 </t>
-  </si>
-[...11 lines deleted...]
-PORT CLINTON OH 43452</t>
   </si>
   <si>
     <t>0160689709005000</t>
   </si>
   <si>
     <t>HARRIS ROBERT L TOD</t>
   </si>
   <si>
     <t xml:space="preserve">1390 W LAKESHORE DR  
 PORT CLINTON OH 43452</t>
   </si>
   <si>
     <t>0160693309052000</t>
   </si>
   <si>
     <t>RISTER ANNETTE L</t>
   </si>
   <si>
     <t xml:space="preserve">5575 W ERIE ST  
 LACARNE OH 43439</t>
   </si>
   <si>
     <t>0160697309110000</t>
   </si>
   <si>
@@ -454,70 +422,70 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F46" headerRowCount="1">
-  <autoFilter ref="A1:F46"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F42" headerRowCount="1">
+  <autoFilter ref="A1:F42"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45737&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=44721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=44880&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47345&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48299&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47938&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48243&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48361&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48528&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48661&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49522&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=26712&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27312&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27382&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27565&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27740&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27783&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27785&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=28031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=28101&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45737&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=44721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=44880&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46721&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47345&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48299&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47938&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48243&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48324&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48361&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48528&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48661&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49522&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49501&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27312&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27383&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27576&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27670&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27672&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27673&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27740&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27781&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27782&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27783&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=27785&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=28031&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=28101&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F46"/>
+  <dimension ref="A1:F42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="55.09600067138672" customWidth="1"/>
     <col min="3" max="3" width="18.4958438873291" customWidth="1"/>
     <col min="4" max="4" width="28.544389724731445" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -901,585 +869,501 @@
       </c>
       <c r="D20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E20" s="3">
         <v>2847.29</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="3">
-        <v>91.78</v>
+        <v>462.98</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="3">
-        <v>462.98</v>
+        <v>761.75</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E23" s="3">
-        <v>761.75</v>
+        <v>523.15</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E24" s="3">
-        <v>523.15</v>
+        <v>3999.86</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D25" s="0" t="s">
+      <c r="D25" s="2" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="3">
-        <v>3999.86</v>
+        <v>607.85</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>81</v>
       </c>
       <c r="E26" s="3">
-        <v>673.62</v>
+        <v>36137.28</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="3">
-        <v>667.85</v>
+        <v>181.65</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>87</v>
       </c>
       <c r="E28" s="3">
-        <v>36137.28</v>
+        <v>390.47</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="3">
-        <v>8161.06</v>
+        <v>678.54</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="E30" s="3">
-        <v>8816.48</v>
+        <v>210.84</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B31" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="C31" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="3">
-        <v>1983.87</v>
+        <v>17.69</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="E32" s="3">
-        <v>390.47</v>
+        <v>17.69</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="C33" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="C33" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" s="3">
-        <v>778.54</v>
+        <v>157.4</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="B34" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="B34" s="0" t="s">
+      <c r="C34" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="C34" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E34" s="3">
-        <v>210.84</v>
+        <v>35.41</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="E35" s="3">
-        <v>17.69</v>
+        <v>36.94</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="E36" s="3">
-        <v>17.69</v>
+        <v>70.95</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="E37" s="3">
-        <v>157.4</v>
+        <v>53.08</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="E38" s="3">
         <v>35.41</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="E39" s="3">
-        <v>36.94</v>
+        <v>223.5</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="E40" s="3">
-        <v>70.95</v>
+        <v>537.6</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E41" s="3">
-        <v>53.08</v>
+        <v>1273.05</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="B42" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E42" s="3">
-        <v>35.41</v>
+        <v>2147.83</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>10</v>
-[...78 lines deleted...]
-      <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
-    <hyperlink ref="F43" r:id="rId43"/>
-[...2 lines deleted...]
-    <hyperlink ref="F46" r:id="rId46"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>