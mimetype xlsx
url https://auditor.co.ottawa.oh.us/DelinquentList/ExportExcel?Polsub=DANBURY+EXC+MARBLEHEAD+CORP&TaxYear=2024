--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -5,131 +5,112 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="198" uniqueCount="198">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
-    <t>0140000100002001</t>
-[...2 lines deleted...]
-    <t>BRUBAKER TIMOTHY &amp; BRUBAKER JONATHAN</t>
+    <t>01400172</t>
+  </si>
+  <si>
+    <t>STEPKA RONALD W JR</t>
   </si>
   <si>
     <t>DANBURY LSD</t>
   </si>
   <si>
-    <t xml:space="preserve">HAMILTON  
-</t>
+    <t>1510 N BUCK RD LOT 64</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>01400172</t>
-[...7 lines deleted...]
-  <si>
     <t>01400377</t>
   </si>
   <si>
     <t>MCKAY DANIEL</t>
   </si>
   <si>
     <t>7401 E HARBOR RD LOT 79</t>
   </si>
   <si>
     <t>01400681</t>
   </si>
   <si>
     <t>MARELLA MARIO</t>
   </si>
   <si>
     <t>30 CASTLE</t>
   </si>
   <si>
     <t>01400870</t>
   </si>
   <si>
     <t>SCHURKO ROBERT J &amp; PATRICIA</t>
   </si>
   <si>
     <t xml:space="preserve">6538 E BAYSHORE  LOT 40</t>
   </si>
   <si>
-    <t>01401154</t>
-[...7 lines deleted...]
-  <si>
     <t>01401238</t>
   </si>
   <si>
     <t>BROWN SUE A C/O DAVID KUCINIC</t>
   </si>
   <si>
     <t>9438 E BAYSHORE RD LOT 65</t>
   </si>
   <si>
     <t>01401254</t>
   </si>
   <si>
     <t>ADAMS JACK LEE</t>
   </si>
   <si>
     <t>8175 E NORTH SHORE BLVD LOT 50</t>
   </si>
   <si>
     <t>01401383</t>
   </si>
   <si>
     <t>SHORTLAND ROBERT C/O WALT NELSON AND VICKIE NELSON</t>
   </si>
   <si>
     <t>7141 E BAYSHORE RD LOT 8</t>
@@ -194,84 +175,66 @@
   <si>
     <t>CUNNINGHAM CYNTHIA L</t>
   </si>
   <si>
     <t>7401 E HARBOR RD LOT 42</t>
   </si>
   <si>
     <t>01401754</t>
   </si>
   <si>
     <t>CEPIS MICHELE S</t>
   </si>
   <si>
     <t>68 KING</t>
   </si>
   <si>
     <t>01401784</t>
   </si>
   <si>
     <t>CAPPELLI PAUL E WROS</t>
   </si>
   <si>
     <t>6 CROWN</t>
   </si>
   <si>
-    <t>01401959</t>
-[...7 lines deleted...]
-  <si>
     <t>01402009</t>
   </si>
   <si>
     <t>SENNICH DALE ALAN</t>
   </si>
   <si>
     <t>206 N BASS CIRCLE</t>
   </si>
   <si>
     <t>01402163</t>
   </si>
   <si>
     <t>SELLS ALEX &amp; THERESA</t>
   </si>
   <si>
     <t>1609 N TRADER CROSSING RD UNIT 240</t>
-  </si>
-[...7 lines deleted...]
-    <t>92 W BASS CIRCLE</t>
   </si>
   <si>
     <t>01402522</t>
   </si>
   <si>
     <t>ARNOLD JOHN</t>
   </si>
   <si>
     <t>7511 E HARBOR RD LOT 10</t>
   </si>
   <si>
     <t>01402735</t>
   </si>
   <si>
     <t>WHITMORE DANIEL J</t>
   </si>
   <si>
     <t>8142 E BAYSHORE RD LOT 16</t>
   </si>
   <si>
     <t>01402776</t>
   </si>
   <si>
     <t>PATTERSON JAMES &amp; MILLER CASSANDRA WROS</t>
   </si>
@@ -499,107 +462,60 @@
   </si>
   <si>
     <t>CIESLAK DAWNE</t>
   </si>
   <si>
     <t>7233 EAST HARBOR RD LOT 112</t>
   </si>
   <si>
     <t>0140506809025000</t>
   </si>
   <si>
     <t>SCHEID WILLIAM P JR</t>
   </si>
   <si>
     <t xml:space="preserve">5220 E BAYSHORE RD  
 PORT CLINTON OH 43452</t>
   </si>
   <si>
     <t>0140506809025001</t>
   </si>
   <si>
     <t xml:space="preserve">NOT ON FILE  
 </t>
   </si>
   <si>
-    <t>0140564314115000</t>
-[...29 lines deleted...]
-    <t>0140831528336000</t>
+    <t>0140831528337000</t>
   </si>
   <si>
     <t>HOLMES EMMA 1/3 INT ETAL</t>
-  </si>
-[...5 lines deleted...]
-    <t>0140831528337000</t>
   </si>
   <si>
     <t xml:space="preserve">91 STRAUSE  
 </t>
   </si>
   <si>
-    <t>0141103514744025</t>
-[...8 lines deleted...]
-  <si>
     <t>0141128718044000</t>
   </si>
   <si>
     <t>CHAPMAN ROBERT E &amp; 1/2 INT ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">ENGLEBECK  
 </t>
   </si>
   <si>
     <t>0141133534810064</t>
   </si>
   <si>
     <t xml:space="preserve">64 HARBOR  
 LAKESIDE MARBLEHEAD OH 43440</t>
   </si>
   <si>
     <t>0141140215267012</t>
   </si>
   <si>
     <t>MAHDI NAYYIR A</t>
   </si>
   <si>
     <t xml:space="preserve">7016 E SUNVIEW DR  
 LAKESIDE MARBLEHEAD OH 43440</t>
@@ -675,60 +591,50 @@
     <t xml:space="preserve">96 STRAUSE  
 </t>
   </si>
   <si>
     <t>0141259716818000</t>
   </si>
   <si>
     <t>FLEENOR GLENDALE TOD</t>
   </si>
   <si>
     <t xml:space="preserve">STRAUSE  
 LAKESIDE MARBLEHEAD OH 43440</t>
   </si>
   <si>
     <t>0141294128348030</t>
   </si>
   <si>
     <t>SHOREBIRD ENTERPRISES INC</t>
   </si>
   <si>
     <t xml:space="preserve">FOREST GREEN  
 </t>
   </si>
   <si>
     <t>0141881429271000</t>
-  </si>
-[...8 lines deleted...]
-LAKESIDE MARBLEHEAD OH 43440</t>
   </si>
   <si>
     <t>0142099134670072</t>
   </si>
   <si>
     <t>ARMADILLO REAL ESTATE HOLDINGS LLC</t>
   </si>
   <si>
     <t xml:space="preserve">351 LIGHTHOUSE OVAL  
 LAKESIDE MARBLEHEAD OH 43440</t>
   </si>
   <si>
     <t>0142099134670073</t>
   </si>
   <si>
     <t xml:space="preserve">353 LIGHTHOUSE OVAL  
 LAKESIDE MARBLEHEAD OH 43440</t>
   </si>
   <si>
     <t>02000713</t>
   </si>
   <si>
     <t>GEISS LENARD M</t>
   </si>
   <si>
@@ -748,1659 +654,1439 @@
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
+    <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F78" headerRowCount="1">
-  <autoFilter ref="A1:F78"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F67" headerRowCount="1">
+  <autoFilter ref="A1:F67"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=17249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=44795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46234&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45657&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45199&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=44491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43109&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=42878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45208&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45013&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43490&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=44306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=44312&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=44681&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46668&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47468&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=42799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=42801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=42803&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48123&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48493&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48536&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48647&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48697&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48797&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49122&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49232&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49404&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=50247&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=18934&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=18935&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=18985&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=18986&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=18987&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=19159&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=19170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=19171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=19551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=19838&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=20008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=20640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=20685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=21009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=21087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=22152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=22231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=22663&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=22743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=22745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=22764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=23154&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=24087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=24374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=24676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=24677&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45180&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=44795&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46234&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45657&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=44491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43109&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45949&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=42878&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46632&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45208&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45013&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43490&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=44306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=44312&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45975&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46668&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47468&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=42799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=42801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=42803&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48123&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48225&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48493&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48536&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48647&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48697&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48797&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49122&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49139&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49167&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49232&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49404&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49597&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=50247&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=18934&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=18935&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=19171&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=19838&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=20008&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=20640&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=20685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=21009&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=21087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=22152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=22231&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=22663&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=22743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=22745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=22764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=23154&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=24087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=24676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=24677&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45180&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F78"/>
+  <dimension ref="A1:F67"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="55.233089447021484" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="36.31968688964844" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="3">
-        <v>129.62</v>
-[...1 lines deleted...]
-      <c r="F2" s="2" t="s">
+        <v>310.39</v>
+      </c>
+      <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="3">
-        <v>310.39</v>
-[...1 lines deleted...]
-      <c r="F3" s="2" t="s">
+        <v>478.07</v>
+      </c>
+      <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="3">
-        <v>478.07</v>
-[...1 lines deleted...]
-      <c r="F4" s="2" t="s">
+        <v>1161.7</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="3">
-        <v>1161.7</v>
-[...1 lines deleted...]
-      <c r="F5" s="2" t="s">
+        <v>3092.59</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="3">
-        <v>3092.59</v>
-[...1 lines deleted...]
-      <c r="F6" s="2" t="s">
+        <v>2057.22</v>
+      </c>
+      <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3">
-        <v>666.12</v>
-[...1 lines deleted...]
-      <c r="F7" s="2" t="s">
+        <v>259.28</v>
+      </c>
+      <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="3">
-        <v>2057.22</v>
-[...1 lines deleted...]
-      <c r="F8" s="2" t="s">
+        <v>498.6</v>
+      </c>
+      <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="3">
-        <v>259.28</v>
-[...1 lines deleted...]
-      <c r="F9" s="2" t="s">
+        <v>2245.67</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="3">
-        <v>498.6</v>
-[...1 lines deleted...]
-      <c r="F10" s="2" t="s">
+        <v>323.41</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="3">
-        <v>2245.67</v>
-[...1 lines deleted...]
-      <c r="F11" s="2" t="s">
+        <v>90.49</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="3">
-        <v>323.41</v>
-[...1 lines deleted...]
-      <c r="F12" s="2" t="s">
+        <v>461.79</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="3">
-        <v>90.49</v>
-[...1 lines deleted...]
-      <c r="F13" s="2" t="s">
+        <v>2861.16</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="3">
-        <v>461.79</v>
-[...1 lines deleted...]
-      <c r="F14" s="2" t="s">
+        <v>501.02</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="3">
-        <v>2861.16</v>
-[...1 lines deleted...]
-      <c r="F15" s="2" t="s">
+        <v>676.3</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="3">
-        <v>501.02</v>
-[...1 lines deleted...]
-      <c r="F16" s="2" t="s">
+        <v>727.97</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="3">
-        <v>676.3</v>
-[...1 lines deleted...]
-      <c r="F17" s="2" t="s">
+        <v>1240.94</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="3">
-        <v>727.97</v>
-[...1 lines deleted...]
-      <c r="F18" s="2" t="s">
+        <v>518.15</v>
+      </c>
+      <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="3">
-        <v>1240.94</v>
-[...1 lines deleted...]
-      <c r="F19" s="2" t="s">
+        <v>296.99</v>
+      </c>
+      <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="3">
-        <v>93.12</v>
-[...1 lines deleted...]
-      <c r="F20" s="2" t="s">
+        <v>107.02</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="3">
-        <v>518.15</v>
-[...1 lines deleted...]
-      <c r="F21" s="2" t="s">
+        <v>114.01</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="3">
-        <v>296.99</v>
-[...1 lines deleted...]
-      <c r="F22" s="2" t="s">
+        <v>96.52</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="3">
-        <v>325.29</v>
-[...1 lines deleted...]
-      <c r="F23" s="2" t="s">
+        <v>9.09</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="3">
-        <v>107.02</v>
-[...1 lines deleted...]
-      <c r="F24" s="2" t="s">
+        <v>211.4</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E25" s="3">
-        <v>114.01</v>
-[...1 lines deleted...]
-      <c r="F25" s="2" t="s">
+        <v>1366.39</v>
+      </c>
+      <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="3">
-        <v>96.52</v>
-[...1 lines deleted...]
-      <c r="F26" s="2" t="s">
+        <v>1500.28</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E27" s="3">
-        <v>9.09</v>
-[...1 lines deleted...]
-      <c r="F27" s="2" t="s">
+        <v>71.25</v>
+      </c>
+      <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="3">
-        <v>211.4</v>
-[...1 lines deleted...]
-      <c r="F28" s="2" t="s">
+        <v>48.23</v>
+      </c>
+      <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="3">
-        <v>1366.39</v>
-[...1 lines deleted...]
-      <c r="F29" s="2" t="s">
+        <v>930.4</v>
+      </c>
+      <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E30" s="3">
-        <v>1500.28</v>
-[...1 lines deleted...]
-      <c r="F30" s="2" t="s">
+        <v>1330.35</v>
+      </c>
+      <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="3">
-        <v>71.25</v>
-[...1 lines deleted...]
-      <c r="F31" s="2" t="s">
+        <v>1362.94</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E32" s="3">
-        <v>48.23</v>
-[...1 lines deleted...]
-      <c r="F32" s="2" t="s">
+        <v>703.32</v>
+      </c>
+      <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E33" s="3">
-        <v>930.4</v>
-[...1 lines deleted...]
-      <c r="F33" s="2" t="s">
+        <v>2133.47</v>
+      </c>
+      <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E34" s="3">
-        <v>1330.35</v>
-[...1 lines deleted...]
-      <c r="F34" s="2" t="s">
+        <v>495.95</v>
+      </c>
+      <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E35" s="3">
-        <v>1362.94</v>
-[...1 lines deleted...]
-      <c r="F35" s="2" t="s">
+        <v>63.46</v>
+      </c>
+      <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E36" s="3">
-        <v>703.32</v>
-[...1 lines deleted...]
-      <c r="F36" s="2" t="s">
+        <v>578.07</v>
+      </c>
+      <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>115</v>
       </c>
       <c r="E37" s="3">
-        <v>2133.47</v>
-[...1 lines deleted...]
-      <c r="F37" s="2" t="s">
+        <v>1139.36</v>
+      </c>
+      <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>118</v>
       </c>
       <c r="E38" s="3">
-        <v>495.95</v>
-[...1 lines deleted...]
-      <c r="F38" s="2" t="s">
+        <v>658.39</v>
+      </c>
+      <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E39" s="3">
-        <v>63.46</v>
-[...1 lines deleted...]
-      <c r="F39" s="2" t="s">
+        <v>3.24</v>
+      </c>
+      <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>124</v>
       </c>
       <c r="E40" s="3">
-        <v>578.07</v>
-[...1 lines deleted...]
-      <c r="F40" s="2" t="s">
+        <v>54.87</v>
+      </c>
+      <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>127</v>
       </c>
       <c r="E41" s="3">
-        <v>1639.36</v>
-[...1 lines deleted...]
-      <c r="F41" s="2" t="s">
+        <v>490.38</v>
+      </c>
+      <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>130</v>
       </c>
       <c r="E42" s="3">
-        <v>658.39</v>
-[...1 lines deleted...]
-      <c r="F42" s="2" t="s">
+        <v>3147.84</v>
+      </c>
+      <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>133</v>
       </c>
       <c r="E43" s="3">
-        <v>3.24</v>
-[...1 lines deleted...]
-      <c r="F43" s="2" t="s">
+        <v>632.54</v>
+      </c>
+      <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>136</v>
       </c>
       <c r="E44" s="3">
-        <v>54.87</v>
-[...1 lines deleted...]
-      <c r="F44" s="2" t="s">
+        <v>481.03</v>
+      </c>
+      <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>139</v>
       </c>
       <c r="E45" s="3">
-        <v>490.38</v>
-[...1 lines deleted...]
-      <c r="F45" s="2" t="s">
+        <v>314.56</v>
+      </c>
+      <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>142</v>
       </c>
       <c r="E46" s="3">
-        <v>3147.84</v>
-[...1 lines deleted...]
-      <c r="F46" s="2" t="s">
+        <v>85.28</v>
+      </c>
+      <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>145</v>
       </c>
       <c r="E47" s="3">
-        <v>632.54</v>
-[...1 lines deleted...]
-      <c r="F47" s="2" t="s">
+        <v>84.05</v>
+      </c>
+      <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D48" s="0" t="s">
+      <c r="D48" s="2" t="s">
         <v>148</v>
       </c>
       <c r="E48" s="3">
-        <v>481.03</v>
-[...1 lines deleted...]
-      <c r="F48" s="2" t="s">
+        <v>31.02</v>
+      </c>
+      <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B49" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="C49" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E49" s="3">
-        <v>314.56</v>
-[...1 lines deleted...]
-      <c r="F49" s="2" t="s">
+        <v>5.08</v>
+      </c>
+      <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="B50" s="0" t="s">
+      <c r="C50" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D50" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" s="3">
-        <v>85.28</v>
-[...1 lines deleted...]
-      <c r="F50" s="2" t="s">
+        <v>193.72</v>
+      </c>
+      <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="B51" s="0" t="s">
+      <c r="C51" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D51" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="C51" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E51" s="3">
-        <v>84.05</v>
-[...1 lines deleted...]
-      <c r="F51" s="2" t="s">
+        <v>43.4</v>
+      </c>
+      <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D52" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="B52" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E52" s="3">
-        <v>31.02</v>
-[...1 lines deleted...]
-      <c r="F52" s="2" t="s">
+        <v>2124.85</v>
+      </c>
+      <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D53" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="B53" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E53" s="3">
-        <v>5.08</v>
-[...1 lines deleted...]
-      <c r="F53" s="2" t="s">
+        <v>7949.05</v>
+      </c>
+      <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="B54" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D54" s="1" t="s">
+      <c r="D54" s="2" t="s">
         <v>164</v>
       </c>
       <c r="E54" s="3">
-        <v>756.05</v>
-[...1 lines deleted...]
-      <c r="F54" s="2" t="s">
+        <v>607.91</v>
+      </c>
+      <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D55" s="1" t="s">
+      <c r="D55" s="2" t="s">
         <v>167</v>
       </c>
       <c r="E55" s="3">
-        <v>391.03</v>
-[...1 lines deleted...]
-      <c r="F55" s="2" t="s">
+        <v>2.42</v>
+      </c>
+      <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>7</v>
+        <v>166</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D56" s="1" t="s">
-        <v>167</v>
+      <c r="D56" s="2" t="s">
+        <v>169</v>
       </c>
       <c r="E56" s="3">
-        <v>406.62</v>
-[...1 lines deleted...]
-      <c r="F56" s="2" t="s">
+        <v>375.34</v>
+      </c>
+      <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D57" s="1" t="s">
-        <v>171</v>
+      <c r="D57" s="2" t="s">
+        <v>172</v>
       </c>
       <c r="E57" s="3">
-        <v>10048.27</v>
-[...1 lines deleted...]
-      <c r="F57" s="2" t="s">
+        <v>1498.74</v>
+      </c>
+      <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D58" s="1" t="s">
+      <c r="D58" s="2" t="s">
         <v>174</v>
       </c>
       <c r="E58" s="3">
-        <v>11.22</v>
-[...1 lines deleted...]
-      <c r="F58" s="2" t="s">
+        <v>5957.9</v>
+      </c>
+      <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>175</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D59" s="1" t="s">
-        <v>176</v>
+      <c r="D59" s="2" t="s">
+        <v>177</v>
       </c>
       <c r="E59" s="3">
-        <v>193.72</v>
-[...1 lines deleted...]
-      <c r="F59" s="2" t="s">
+        <v>12545.35</v>
+      </c>
+      <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D60" s="1" t="s">
-        <v>179</v>
+      <c r="D60" s="2" t="s">
+        <v>180</v>
       </c>
       <c r="E60" s="3">
-        <v>2003.29</v>
-[...1 lines deleted...]
-      <c r="F60" s="2" t="s">
+        <v>95.01</v>
+      </c>
+      <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D61" s="1" t="s">
+      <c r="D61" s="2" t="s">
         <v>182</v>
       </c>
       <c r="E61" s="3">
-        <v>43.4</v>
-[...1 lines deleted...]
-      <c r="F61" s="2" t="s">
+        <v>409.93</v>
+      </c>
+      <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>12</v>
+        <v>184</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D62" s="1" t="s">
-        <v>184</v>
+      <c r="D62" s="2" t="s">
+        <v>185</v>
       </c>
       <c r="E62" s="3">
-        <v>2124.85</v>
-[...1 lines deleted...]
-      <c r="F62" s="2" t="s">
+        <v>1143.52</v>
+      </c>
+      <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D63" s="1" t="s">
-        <v>187</v>
+      <c r="D63" s="2" t="s">
+        <v>188</v>
       </c>
       <c r="E63" s="3">
-        <v>7949.05</v>
-[...1 lines deleted...]
-      <c r="F63" s="2" t="s">
+        <v>209.61</v>
+      </c>
+      <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D64" s="1" t="s">
-        <v>190</v>
+      <c r="D64" s="2" t="s">
+        <v>182</v>
       </c>
       <c r="E64" s="3">
-        <v>607.91</v>
-[...1 lines deleted...]
-      <c r="F64" s="2" t="s">
+        <v>314.92</v>
+      </c>
+      <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D65" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="C65" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E65" s="3">
-        <v>2.42</v>
-[...1 lines deleted...]
-      <c r="F65" s="2" t="s">
+        <v>1734.41</v>
+      </c>
+      <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D66" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="B66" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E66" s="3">
-        <v>375.34</v>
-[...1 lines deleted...]
-      <c r="F66" s="2" t="s">
+        <v>1757.08</v>
+      </c>
+      <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="C67" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E67" s="3">
-        <v>1498.74</v>
-[...218 lines deleted...]
-      <c r="E78" s="3">
         <v>5800.09</v>
       </c>
-      <c r="F78" s="2" t="s">
+      <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -2428,43 +2114,32 @@
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
     <hyperlink ref="F47" r:id="rId47"/>
     <hyperlink ref="F48" r:id="rId48"/>
     <hyperlink ref="F49" r:id="rId49"/>
     <hyperlink ref="F50" r:id="rId50"/>
     <hyperlink ref="F51" r:id="rId51"/>
     <hyperlink ref="F52" r:id="rId52"/>
     <hyperlink ref="F53" r:id="rId53"/>
     <hyperlink ref="F54" r:id="rId54"/>
     <hyperlink ref="F55" r:id="rId55"/>
     <hyperlink ref="F56" r:id="rId56"/>
     <hyperlink ref="F57" r:id="rId57"/>
     <hyperlink ref="F58" r:id="rId58"/>
     <hyperlink ref="F59" r:id="rId59"/>
     <hyperlink ref="F60" r:id="rId60"/>
     <hyperlink ref="F61" r:id="rId61"/>
     <hyperlink ref="F62" r:id="rId62"/>
     <hyperlink ref="F63" r:id="rId63"/>
     <hyperlink ref="F64" r:id="rId64"/>
     <hyperlink ref="F65" r:id="rId65"/>
     <hyperlink ref="F66" r:id="rId66"/>
     <hyperlink ref="F67" r:id="rId67"/>
-    <hyperlink ref="F68" r:id="rId68"/>
-[...9 lines deleted...]
-    <hyperlink ref="F78" r:id="rId78"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>