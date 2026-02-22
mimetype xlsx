--- v0 (2025-12-13)
+++ v1 (2026-02-22)
@@ -162,51 +162,51 @@
   <si>
     <t xml:space="preserve">6538 E BAYSHORE  LOT 40</t>
   </si>
   <si>
     <t>01400914</t>
   </si>
   <si>
     <t>ZOLENSKY-FIJALKOVICH ANASTASIA</t>
   </si>
   <si>
     <t xml:space="preserve">6538 E BAYSHORE  LOT 10</t>
   </si>
   <si>
     <t>01401008</t>
   </si>
   <si>
     <t>BAUER MICHELLE</t>
   </si>
   <si>
     <t>1600 N BUCK RD LOT 80</t>
   </si>
   <si>
     <t>01401154</t>
   </si>
   <si>
-    <t>MILLER JULIE M</t>
+    <t>MILLER JULIE M &amp; KATHLEEN CRALL KENNEDY WROS</t>
   </si>
   <si>
     <t>8175 E NORTH SHORE BLVD LOT 61</t>
   </si>
   <si>
     <t>01401173</t>
   </si>
   <si>
     <t>BITTLE DENNY D &amp; RANDI P WROS</t>
   </si>
   <si>
     <t>1510 N BUCK RD LOT 96</t>
   </si>
   <si>
     <t>01401201</t>
   </si>
   <si>
     <t>KLINGER HOLLY</t>
   </si>
   <si>
     <t>7233 E HARBOR RD LOT 19</t>
   </si>
   <si>
     <t>01401238</t>
   </si>