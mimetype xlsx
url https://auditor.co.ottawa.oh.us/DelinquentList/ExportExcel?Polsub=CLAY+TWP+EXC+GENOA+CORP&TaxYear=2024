--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>0100000300003000</t>
   </si>
   <si>
     <t>GREGOR FJ</t>
   </si>
   <si>
@@ -151,127 +151,87 @@
   </si>
   <si>
     <t>WIELAND ANNETTE M ETAL</t>
   </si>
   <si>
     <t>0101425719278000</t>
   </si>
   <si>
     <t>MC CORMICK BRENDA</t>
   </si>
   <si>
     <t xml:space="preserve">WALNUT  
 </t>
   </si>
   <si>
     <t>0101434419319000</t>
   </si>
   <si>
     <t>GAGHEN SETH S&amp;T &amp; CORCORAN KALEY</t>
   </si>
   <si>
     <t xml:space="preserve">1391 N GENOA CLAY CENTER RD  
 GENOA OH 43430</t>
   </si>
   <si>
-    <t>0101440719395000</t>
-[...18 lines deleted...]
-  <si>
     <t>0101874625151001</t>
   </si>
   <si>
     <t>DRUMMOND ALEXANDER</t>
   </si>
   <si>
     <t xml:space="preserve">6394 W CAMPER RD  
 GENOA OH 43430</t>
   </si>
   <si>
     <t>0101886825336001</t>
   </si>
   <si>
     <t>D CLUTE DAVID</t>
   </si>
   <si>
     <t xml:space="preserve">742 N BILLMAN RD  
 GENOA OH 43430</t>
   </si>
   <si>
     <t>0101946327535000</t>
   </si>
   <si>
     <t>ELKINS REX ALGER II &amp; TONYA MARIE S&amp;T</t>
   </si>
   <si>
     <t xml:space="preserve">6920 W CAMPER RD  
 GENOA OH 43430</t>
   </si>
   <si>
     <t>0101947827632000</t>
   </si>
   <si>
     <t>LINKE WILLIAM JR</t>
   </si>
   <si>
     <t xml:space="preserve">25150 FOSTORIA RD  
-GENOA OH 43430</t>
-[...18 lines deleted...]
-    <t xml:space="preserve">20876 W CAMPER RD  
 GENOA OH 43430</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -285,70 +245,70 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F25" headerRowCount="1">
-  <autoFilter ref="A1:F25"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F21" headerRowCount="1">
+  <autoFilter ref="A1:F21"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8509&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8662&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8763&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9273&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9275&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9846&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10002&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10135&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10256&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8509&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8662&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8763&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9273&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9275&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10002&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10120&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F25"/>
+  <dimension ref="A1:F21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="52.05647659301758" customWidth="1"/>
     <col min="3" max="3" width="16.826200485229492" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -652,224 +612,140 @@
       </c>
       <c r="D16" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E16" s="3">
         <v>4949.63</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E17" s="3">
-        <v>2976.4</v>
+        <v>2777.93</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E18" s="3">
-        <v>3749.42</v>
+        <v>34.05</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="3">
-        <v>163.42</v>
+        <v>2625.18</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="3">
-        <v>34.05</v>
+        <v>899.75</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="3">
-        <v>2625.18</v>
+        <v>16788.7</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>10</v>
-[...78 lines deleted...]
-      <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
-    <hyperlink ref="F22" r:id="rId22"/>
-[...2 lines deleted...]
-    <hyperlink ref="F25" r:id="rId25"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>