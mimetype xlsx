--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="129">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>0100000300003000</t>
   </si>
   <si>
     <t>GREGOR FJ</t>
   </si>
   <si>
@@ -151,130 +151,90 @@
   </si>
   <si>
     <t>WIELAND ANNETTE M ETAL</t>
   </si>
   <si>
     <t>0101425719278000</t>
   </si>
   <si>
     <t>MC CORMICK BRENDA</t>
   </si>
   <si>
     <t xml:space="preserve">WALNUT  
 </t>
   </si>
   <si>
     <t>0101434419319000</t>
   </si>
   <si>
     <t>GAGHEN SETH S&amp;T &amp; CORCORAN KALEY</t>
   </si>
   <si>
     <t xml:space="preserve">1391 N GENOA CLAY CENTER RD  
 GENOA OH 43430</t>
   </si>
   <si>
-    <t>0101440719395000</t>
-[...18 lines deleted...]
-  <si>
     <t>0101874625151001</t>
   </si>
   <si>
     <t>DRUMMOND ALEXANDER</t>
   </si>
   <si>
     <t xml:space="preserve">6394 W CAMPER RD  
 GENOA OH 43430</t>
   </si>
   <si>
     <t>0101886825336001</t>
   </si>
   <si>
     <t>D CLUTE DAVID</t>
   </si>
   <si>
     <t xml:space="preserve">742 N BILLMAN RD  
 GENOA OH 43430</t>
   </si>
   <si>
     <t>0101946327535000</t>
   </si>
   <si>
     <t>ELKINS REX ALGER II &amp; TONYA MARIE S&amp;T</t>
   </si>
   <si>
     <t xml:space="preserve">6920 W CAMPER RD  
 GENOA OH 43430</t>
   </si>
   <si>
     <t>0101947827632000</t>
   </si>
   <si>
     <t>LINKE WILLIAM JR</t>
   </si>
   <si>
     <t xml:space="preserve">25150 FOSTORIA RD  
 GENOA OH 43430</t>
   </si>
   <si>
-    <t>0101949427665000</t>
-[...18 lines deleted...]
-  <si>
     <t>0120000100002000</t>
   </si>
   <si>
     <t>OREGON INVESTMENT COMPANY</t>
   </si>
   <si>
     <t xml:space="preserve">BUCKEYE (REAR)  
 </t>
   </si>
   <si>
     <t>01200018</t>
   </si>
   <si>
     <t>REHAHN BEBE E C/O MICHAEL ROZEK</t>
   </si>
   <si>
     <t xml:space="preserve">21220 W SR 51  LOT 50</t>
   </si>
   <si>
     <t>01200023</t>
   </si>
   <si>
     <t>HELEN M ANGEL INC</t>
   </si>
   <si>
@@ -337,91 +297,72 @@
   <si>
     <t>ETTS RANDY J</t>
   </si>
   <si>
     <t xml:space="preserve">21220 W SR 51  LOT 75</t>
   </si>
   <si>
     <t>01200099</t>
   </si>
   <si>
     <t>THERRIEN RAYMOND</t>
   </si>
   <si>
     <t xml:space="preserve">21220 W SR 51  LOT 26</t>
   </si>
   <si>
     <t>01200111</t>
   </si>
   <si>
     <t>HARDER TAMARA J</t>
   </si>
   <si>
     <t xml:space="preserve">21220 W SR 51  LOT 14</t>
   </si>
   <si>
-    <t>01200112</t>
-[...7 lines deleted...]
-  <si>
     <t>01200113</t>
   </si>
   <si>
     <t>KECKLER JENNY L</t>
   </si>
   <si>
     <t xml:space="preserve">21220 W SR 51  LOT 15</t>
   </si>
   <si>
     <t>01200114</t>
   </si>
   <si>
     <t>PERKINS LEXUS &amp; WEDDLE CHRISTINA WROS</t>
   </si>
   <si>
     <t xml:space="preserve">21220 W SR 51  LOT 25</t>
   </si>
   <si>
     <t>01200119</t>
   </si>
   <si>
     <t>21220 STATE ROUTE 51 W LOT 49</t>
-  </si>
-[...8 lines deleted...]
-GENOA OH 43430</t>
   </si>
   <si>
     <t>0120854911464000</t>
   </si>
   <si>
     <t>LERMA MANUEL</t>
   </si>
   <si>
     <t xml:space="preserve">216 SUPERIOR  
 </t>
   </si>
   <si>
     <t>0120861026026000</t>
   </si>
   <si>
     <t>DRUMMOND ALEX</t>
   </si>
   <si>
     <t xml:space="preserve">SUPERIOR  
 GENOA OH 43430</t>
   </si>
   <si>
     <t>0120895212190001</t>
   </si>
   <si>
@@ -436,115 +377,88 @@
   </si>
   <si>
     <t>WOODIRON LLC</t>
   </si>
   <si>
     <t xml:space="preserve">101 MAIN ST  
 GENOA OH 43430</t>
   </si>
   <si>
     <t>0120902712062000</t>
   </si>
   <si>
     <t>BICKFORD SHERMAN M &amp; GERTRUDE</t>
   </si>
   <si>
     <t>0120905512091000</t>
   </si>
   <si>
     <t>MC FARLAND MARY</t>
   </si>
   <si>
     <t xml:space="preserve">RAILROAD  
 </t>
   </si>
   <si>
-    <t>0120907612116000</t>
-[...8 lines deleted...]
-  <si>
     <t>0120960712833000</t>
   </si>
   <si>
     <t>BRYSTON MICHAEL J JR &amp; KRISTEN S S&amp;T</t>
   </si>
   <si>
     <t xml:space="preserve">916 WASHINGTON ST  
 GENOA OH 43430</t>
   </si>
   <si>
-    <t>0121360818323013</t>
-[...8 lines deleted...]
-  <si>
     <t>0121360818323045</t>
   </si>
   <si>
     <t>CASTLE PROPERTIES OF OHIO INC</t>
   </si>
   <si>
     <t xml:space="preserve">CASTLE COVE  
 </t>
   </si>
   <si>
     <t>0121922011516000</t>
   </si>
   <si>
     <t>WEIDNER SADIE</t>
   </si>
   <si>
     <t xml:space="preserve">BUCKEYE  
 </t>
   </si>
   <si>
     <t>0122123735017000</t>
   </si>
   <si>
     <t>SMITH TIFFANY</t>
   </si>
   <si>
     <t xml:space="preserve">902 WILSON ST  
 GENOA OH 43430</t>
-  </si>
-[...5 lines deleted...]
-</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -557,70 +471,70 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F55" headerRowCount="1">
-  <autoFilter ref="A1:F55"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F46" headerRowCount="1">
+  <autoFilter ref="A1:F46"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8509&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8662&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8763&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9273&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9275&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9846&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10002&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10135&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=42784&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47831&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48538&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48263&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49310&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49378&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49827&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10952&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10992&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11239&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11286&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11318&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11415&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11512&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11513&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8509&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8662&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8763&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=8981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9249&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9270&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9271&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9272&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9273&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9275&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9276&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=9884&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10002&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10102&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10120&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=42784&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47831&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=45843&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48007&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48226&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48899&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48538&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=48263&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49339&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49378&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49827&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10892&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10952&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=10980&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11239&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11318&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11415&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11512&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F55"/>
+  <dimension ref="A1:F46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="52.05647659301758" customWidth="1"/>
     <col min="3" max="3" width="16.826200485229492" customWidth="1"/>
     <col min="4" max="4" width="30.980310440063477" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
@@ -924,854 +838,665 @@
       </c>
       <c r="D16" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E16" s="3">
         <v>4949.63</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>44</v>
       </c>
       <c r="E17" s="3">
-        <v>2976.4</v>
+        <v>2777.93</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E18" s="3">
-        <v>3749.42</v>
+        <v>34.05</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="3">
-        <v>163.42</v>
+        <v>2625.18</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="3">
-        <v>34.05</v>
+        <v>899.75</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="3">
-        <v>2625.18</v>
+        <v>16788.7</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="3">
-        <v>899.75</v>
+        <v>709.73</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="D23" s="0" t="s">
         <v>62</v>
       </c>
       <c r="E23" s="3">
-        <v>16788.7</v>
+        <v>2251.96</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="D24" s="0" t="s">
         <v>65</v>
       </c>
       <c r="E24" s="3">
-        <v>1025.88</v>
+        <v>1851.47</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B25" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="C25" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" s="3">
-        <v>68.05</v>
+        <v>4546.6</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="B26" s="0" t="s">
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="3">
-        <v>709.73</v>
+        <v>136.56</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="C27" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="3">
-        <v>2251.96</v>
+        <v>291.62</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="B28" s="0" t="s">
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="3">
-        <v>1851.47</v>
+        <v>382.15</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E29" s="3">
-        <v>4546.6</v>
+        <v>450.42</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E30" s="3">
-        <v>136.56</v>
+        <v>1443.1</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E31" s="3">
-        <v>291.62</v>
+        <v>5998.01</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E32" s="3">
-        <v>382.15</v>
+        <v>5778.91</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E33" s="3">
-        <v>450.42</v>
+        <v>813.21</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E34" s="3">
-        <v>1443.1</v>
+        <v>1784.92</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E35" s="3">
-        <v>5998.01</v>
+        <v>386.52</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B36" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="C36" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E36" s="3">
-        <v>5778.91</v>
+        <v>187.33</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="B37" s="0" t="s">
+      <c r="C37" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C37" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E37" s="3">
-        <v>813.21</v>
+        <v>53217.1</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="B38" s="0" t="s">
+      <c r="C38" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D38" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C38" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E38" s="3">
-        <v>608.87</v>
+        <v>34.19</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="B39" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="B39" s="0" t="s">
+      <c r="C39" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C39" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E39" s="3">
-        <v>1784.92</v>
+        <v>14182.11</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="C40" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" s="3">
-        <v>386.52</v>
+        <v>1580.76</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="B41" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D41" s="0" t="s">
-        <v>114</v>
+      <c r="D41" s="1" t="s">
+        <v>108</v>
       </c>
       <c r="E41" s="3">
-        <v>187.33</v>
+        <v>13670.04</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="C42" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C42" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E42" s="3">
-        <v>272.66</v>
+        <v>2145.71</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="B43" s="0" t="s">
+      <c r="C43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="C43" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E43" s="3">
-        <v>53217.1</v>
+        <v>22834.64</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="B44" s="0" t="s">
+      <c r="C44" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="C44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E44" s="3">
-        <v>34.19</v>
+        <v>64.44</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="B45" s="0" t="s">
+      <c r="C45" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D45" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="C45" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E45" s="3">
-        <v>14182.11</v>
+        <v>12842.52</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="B46" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="B46" s="0" t="s">
+      <c r="C46" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D46" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="C46" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E46" s="3">
-        <v>1580.76</v>
+        <v>908.44</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>10</v>
-[...178 lines deleted...]
-      <c r="F55" s="2" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
-    <hyperlink ref="F47" r:id="rId47"/>
-[...7 lines deleted...]
-    <hyperlink ref="F55" r:id="rId55"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>