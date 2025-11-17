--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>01300221</t>
   </si>
   <si>
     <t>HAURITZ TREVOR</t>
   </si>
   <si>
@@ -103,59 +103,50 @@
   <si>
     <t>GROB MARYAN</t>
   </si>
   <si>
     <t>1871 NE CATAWBA RD LOT 9</t>
   </si>
   <si>
     <t>01300750</t>
   </si>
   <si>
     <t>HEIDENESCHER ROGER A &amp; CATHY R</t>
   </si>
   <si>
     <t>5238 E BUCHANAN</t>
   </si>
   <si>
     <t>01300814</t>
   </si>
   <si>
     <t>CHMIELOWIEC MARK</t>
   </si>
   <si>
     <t>2431 NE CATAWBA RD LOT 11</t>
   </si>
   <si>
-    <t>01300902</t>
-[...7 lines deleted...]
-  <si>
     <t>01301197</t>
   </si>
   <si>
     <t>SESCO TIMOTHY</t>
   </si>
   <si>
     <t>1810 NW CATAWBA RD LOT 13</t>
   </si>
   <si>
     <t>01301247</t>
   </si>
   <si>
     <t>BAUMAN JACOB C</t>
   </si>
   <si>
     <t>2431 NE CATAWBA RD LOT 13</t>
   </si>
   <si>
     <t>01301933</t>
   </si>
   <si>
     <t>HARLESS KIMBERLY</t>
   </si>
   <si>
     <t>3353 NE CATAWBA RD LOT 6</t>
@@ -175,123 +166,100 @@
   <si>
     <t>KENDRICK MANDY</t>
   </si>
   <si>
     <t>4271 N CROGAN ST LOT 20</t>
   </si>
   <si>
     <t>01302040</t>
   </si>
   <si>
     <t>SHIPBAUGH JILL R</t>
   </si>
   <si>
     <t>4113 CROGAN</t>
   </si>
   <si>
     <t>01302084</t>
   </si>
   <si>
     <t>GERTLART DAVID</t>
   </si>
   <si>
     <t>1871 NE CATAWBA RD LOT 4</t>
   </si>
   <si>
-    <t>0130284534569000</t>
+    <t>0130284534571000</t>
+  </si>
+  <si>
+    <t>DESANTO JOSEPH D</t>
   </si>
   <si>
     <t xml:space="preserve">1763 NE CATAWBA RD  
 PORT CLINTON OH 43452</t>
   </si>
   <si>
-    <t>0130284534571000</t>
-[...4 lines deleted...]
-  <si>
     <t>0130333415518155</t>
   </si>
   <si>
     <t>WILKINS ALEC</t>
   </si>
   <si>
     <t xml:space="preserve">N WINDWARD  
 </t>
   </si>
   <si>
     <t>0130333415518200</t>
   </si>
   <si>
     <t>ROOD MICHAEL K</t>
   </si>
   <si>
-    <t>0130726619537004</t>
+    <t>0130726619537005</t>
   </si>
   <si>
     <t xml:space="preserve">NOT ON FILE  
 </t>
   </si>
   <si>
-    <t>0130726619537005</t>
-[...1 lines deleted...]
-  <si>
     <t>0131448819497043</t>
   </si>
   <si>
     <t>LEURCK KATHERINE TTEE</t>
   </si>
   <si>
     <t xml:space="preserve">1623 NE CATAWBA RD  
 PORT CLINTON OH 43452</t>
   </si>
   <si>
     <t>0131455119580000</t>
   </si>
   <si>
     <t>DEMATTEIS ERNEST</t>
   </si>
   <si>
     <t xml:space="preserve">3425 NE CATAWBA  
-</t>
-[...15 lines deleted...]
-    <t xml:space="preserve">3093 N BEACH TOWNE  
 </t>
   </si>
   <si>
     <t>0131554420846000</t>
   </si>
   <si>
     <t>SHIPBAUGH LINDA &amp; JILL SHIPBAUGH ETAL</t>
   </si>
   <si>
     <t xml:space="preserve">4113 CROGAN  
 PORT CLINTON OH 43452</t>
   </si>
   <si>
     <t>0132095734615001</t>
   </si>
   <si>
     <t>CATAWBA WILLOWS LTD AN OHIO LIMITED LIABILITY CO</t>
   </si>
   <si>
     <t xml:space="preserve">SAND  
 </t>
   </si>
 </sst>
 </file>
 
@@ -325,79 +293,79 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F29" headerRowCount="1">
-  <autoFilter ref="A1:F29"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F24" headerRowCount="1">
+  <autoFilter ref="A1:F24"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46890&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46516&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43521&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43457&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46530&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=42940&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=44449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=44784&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49204&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49255&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11760&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11762&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=12358&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=12359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=13442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=13585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=14085&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=14087&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=15437&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=17047&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46890&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46516&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43521&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43457&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=43321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=46530&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=42940&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=44449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49204&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=47997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49255&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49320&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49553&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/ManufacturedHome?Property_ID=49799&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11762&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=11999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=12359&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=13442&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=13585&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=15437&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auditor.co.ottawa.oh.us/RealEstate/Index?Property_ID=17047&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F29"/>
+  <dimension ref="A1:F24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="54.61925506591797" customWidth="1"/>
     <col min="3" max="3" width="18.4958438873291" customWidth="1"/>
-    <col min="4" max="4" width="28.887117385864258" customWidth="1"/>
+    <col min="4" max="4" width="28.659997940063477" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
@@ -552,448 +520,343 @@
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="3">
         <v>63.27</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="3">
-        <v>302.15</v>
+        <v>328.59</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="3">
-        <v>328.59</v>
+        <v>240.75</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="3">
-        <v>240.75</v>
+        <v>37</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="3">
-        <v>37</v>
+        <v>398.83</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="3">
-        <v>398.83</v>
+        <v>796.16</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="3">
-        <v>796.16</v>
+        <v>1930.01</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="3">
-        <v>1930.01</v>
+        <v>540.84</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="D17" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="3">
-        <v>540.84</v>
+        <v>1604.85</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E18" s="3">
-        <v>1093.13</v>
+        <v>80.51</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E19" s="3">
-        <v>1604.85</v>
+        <v>2.04</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="3">
-        <v>80.51</v>
+        <v>5.59</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="E21" s="3">
-        <v>2.04</v>
+        <v>2.76</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="E22" s="3">
-        <v>215.91</v>
+        <v>76747.5</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="E23" s="3">
-        <v>5.59</v>
+        <v>9.11</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="E24" s="3">
-        <v>2.76</v>
+        <v>82928.47</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>10</v>
-[...98 lines deleted...]
-      <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
-    <hyperlink ref="F25" r:id="rId25"/>
-[...3 lines deleted...]
-    <hyperlink ref="F29" r:id="rId29"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>